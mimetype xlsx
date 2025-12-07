--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2231">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2311">
   <si>
     <t>Relatório Geral de Protocolos - SLAH</t>
   </si>
   <si>
     <t>Protocolo</t>
   </si>
   <si>
     <t>Processo</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Data de Entrada</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Descrição</t>
   </si>
   <si>
@@ -6704,51 +6704,291 @@
   <si>
     <t>009/2025 DECRETOS</t>
   </si>
   <si>
     <t>21/10/2025</t>
   </si>
   <si>
     <t>Altera a data no que tange ao expediente no âmbito do Legislativo Municipal, referente ao Dia do Servidor Público e dá outras providências.</t>
   </si>
   <si>
     <t>064/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>17/10/2025</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR SERVIDOR POR TEMPO DETERMINADO, PARA SUPRIR EXCEPCIONAL INTERESSE PÚBLICO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>065/2025 PROJETO DE LEI - EXECUTIVO</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção ao Greening (Huanglongbing – HLB) – PMPG e dá outras providências.</t>
   </si>
   <si>
-    <t>Total: 908</t>
+    <t>069/2025</t>
+  </si>
+  <si>
+    <t>069/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>22/10/2025</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI Nº 064/2025 DE 10 DE SETEMBRO DE 2025, QUE: Autoriza o Poder Executivo Municipal a contratar servidor por tempo determinado, para suprir excepcional interesse público, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>003/2025 EMENDA À LEI ORGÂNICA</t>
+  </si>
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>Altera artigos da Lei Orgânica Municipal para adequar as atuais disposições constitucionais e demais entendimentos normativos vigentes.</t>
+  </si>
+  <si>
+    <t>006/2025 PROJETO DE LEI - LEGISLATIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Legislativo Municipal a realizar doação de bens móveis inservíveis à A.B.V.C.D - Associação de Bombeiros Voluntários de Cacique Doble/RS e dá outras providências.</t>
+  </si>
+  <si>
+    <t>070/2025</t>
+  </si>
+  <si>
+    <t>070/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>05/11/2025</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI Nº 065/2025 DE 10 DE SETEMBRO DE 2025, QUE: Institui o Programa Municipal de Prevenção ao Greening (Huanglongbing – HLB) – PMPG e dá outras providências.</t>
+  </si>
+  <si>
+    <t>071/2025</t>
+  </si>
+  <si>
+    <t>071/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO LEGISLATIVO Nº 006/2025 DE 31 DE OUTUBRO DE 2025, QUE: Autoriza o Poder Legislativo Municipal a realizar doação de bens móveis inservíveis à A.B.V.C.D - Associação de Bombeiros Voluntários de Cacique Doble/RS e dá outras providências.</t>
+  </si>
+  <si>
+    <t>066/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>14/11/2025</t>
+  </si>
+  <si>
+    <t>Reorganiza o Conselho Municipal de Educação de Cacique Doble e dá outras providências.</t>
+  </si>
+  <si>
+    <t>067/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Institui e delimita Zona de Urbanização Específica (ZUE), com parcelamento de solo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>068/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a receber em doação área para abertura de rua e dá outras providências.</t>
+  </si>
+  <si>
+    <t>069/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO A EFETUAR REPASSE DE VALOR À AMUNOR – ASSOCIAÇÃO DOS MUNICÍPIOS DO NORDESTE RIOGRANDENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>001/2025 PROJETO DE LEI COMPLEMENTAR</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº. 764, de 1º de setembro de 2003, que dispõe sobre o Regime Jurídico Único dos Servidores Públicos do Município de Cacique Doble.</t>
+  </si>
+  <si>
+    <t>002/2025 PROJETO DE LEI COMPLEMENTAR</t>
+  </si>
+  <si>
+    <t>17/11/2025</t>
+  </si>
+  <si>
+    <t>Estabelece o Plano de Benefícios do Regime Próprio de Previdência Social dos Servidores Efetivos do Município de Cacique Doble.</t>
+  </si>
+  <si>
+    <t>070/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano de Financiamento do Regime Próprio de Previdência Social dos Servidores Efetivos do Município de Cacique Doble.</t>
+  </si>
+  <si>
+    <t>018/2025 INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que determine às Secretarias competentes a implementação de um Plano Municipal Integrado de Controle de Mosquitos, com ações simultâneas nas áreas urbana e rural, considerando a proliferação de mosquitos no município, intensificado por fatores climáticos sazonais e pelo acúmulo de criadouros, representa risco à saúde pública e à qualidade de vida da população, tanto na zona urbana quanto no interior.</t>
+  </si>
+  <si>
+    <t>072/2025</t>
+  </si>
+  <si>
+    <t>072/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI COMPLENTAR DO EXECUTIVO Nº 001/2025 DE 10 DE NOVEMBRO DE 2025, QUE: Altera a Lei Municipal nº. 764, de 1º de setembro de 2003, que dispõe sobre o Regime Jurídico Único dos Servidores Públicos do Município de Cacique Doble.</t>
+  </si>
+  <si>
+    <t>073/2025</t>
+  </si>
+  <si>
+    <t>073/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI COMPLEMENTAR DO EXECUTIVO Nº 002/2025 DE 10 DE NOVEMBRO DE 2025, QUE: Estabelece o Plano de Benefícios do Regime Próprio de Previdência Social dos Servidores Efetivos do Município de Cacique Doble.</t>
+  </si>
+  <si>
+    <t>074/2025</t>
+  </si>
+  <si>
+    <t>074/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO EXECUTIVO Nº 066/2025 DE 10 DE NOVEMBRO DE 2025, QUE: Reorganiza e regulamenta o Conselho Municipal de Educação de Cacique Doble e dá outras providências.</t>
+  </si>
+  <si>
+    <t>075/2025</t>
+  </si>
+  <si>
+    <t>075/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO EXECUTIVO Nº 067/2025 DE 10 DE NOVEMBRO DE 2025, QUE: Institui e delimita Zona de Urbanização Específica (ZUE), com parcelamento de solo, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>076/2025</t>
+  </si>
+  <si>
+    <t>076/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO EXECUTIVO Nº 068/2025 DE 10 DE NOVEMBRO DE 2025, QUE: Autoriza o Poder Executivo a receber em doação área para abertura de rua e dá outras providências.</t>
+  </si>
+  <si>
+    <t>077/2025</t>
+  </si>
+  <si>
+    <t>077/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO EXECUTIVO Nº 069/2025 DE 10 DE NOVEMBRO DE 2025, QUE: AUTORIZA O PODER EXECUTIVO A EFETUAR REPASSE DE VALOR À AMUNOR – ASSOCIAÇÃO DOS MUNICÍPIOS DO NORDESTE RIOGRANDENSE E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>078/2025</t>
+  </si>
+  <si>
+    <t>078/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO EXECUTIVO Nº 070/2025 DE 10 DE NOVEMBRO DE 2025, QUE: Dispõe sobre o Plano de Financiamento do Regime Próprio de Previdência Social dos Servidores Efetivos do Município de Cacique Doble.</t>
+  </si>
+  <si>
+    <t>005/2025 REQUERIMENTO DE INFORMAÇÃO</t>
+  </si>
+  <si>
+    <t>REQUER que o Poder Executivo Municipal, no prazo legal, encaminhe a esta Casa Legislativa a situação, em 31/10/2025, contendo a relação completa dos servidores contratados temporariamente, dos ocupantes de cargos em comissão (CCs) e dos trabalhadores terceirizados, especificando: • Nome do servidor/funcionário; • Forma de contratação (temporário, CC ou terceirizado); • Lotação/setor de atuação; • Valor percebido mensalmente; • Atividades desempenhadas.</t>
+  </si>
+  <si>
+    <t>071/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a prorrogar a vigência de Lei Municipal nº 1.672/2024, de 18 dezembro de 2024 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>072/2025 PROJETO DE LEI - EXECUTIVO</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de abono natalino aos servidores públicos do Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>005/2025 MOÇÃO</t>
+  </si>
+  <si>
+    <t>02/12/2025</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APOIO AO PROJETO DE LEI Nº 412/2025, QUE PROÍBE A RECONSTITUIÇÃO DO LEITE EM PÓ DE ORIGEM IMPORTADA.</t>
+  </si>
+  <si>
+    <t>079/2025</t>
+  </si>
+  <si>
+    <t>079/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>04/12/2025</t>
+  </si>
+  <si>
+    <t>Aprovar por unanimidade de votos o Projeto de Lei do Executivo nº 071/2025 de 25 de novembro de 2025, que: Autoriza O Poder Executivo Municipal A Prorrogar A Vigência Da Lei Municipal Nº. 1.672/2024, De 18 De Dezembro De 2024 E Dá Outras Providências.</t>
+  </si>
+  <si>
+    <t>080/2025</t>
+  </si>
+  <si>
+    <t>080/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO EXECUTIVO Nº 072/2025 DE 25 DE NOVEMBRO DE 2025, QUE: Dispõe sobre a concessão de abono natalino aos servidores públicos do Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>081/2025</t>
+  </si>
+  <si>
+    <t>081/2025 RESOLUÇÕES</t>
+  </si>
+  <si>
+    <t>APROVAR POR UNANIMIDADE DE VOTOS O PROJETO DE LEI DO LEGISLATIVO Nº 007/2025 DE 02 DE DEZEMBRO DE 2025, QUE: Dispõe sobre a concessão de abono natalino aos servidores públicos do Legislativo e dá outras providências.</t>
+  </si>
+  <si>
+    <t>006/2025 REQUERIMENTO DE INFORMAÇÃO</t>
+  </si>
+  <si>
+    <t>REQUER que o Poder Executivo Municipal, no prazo legal, encaminhe a esta Casa Legislativa a situação, em 30/11/2025, contendo a relação completa dos servidores contratados temporariamente, dos ocupantes de cargos em comissão (CCs) e dos trabalhadores terceirizados, especificando: • Nome do servidor/funcionário; • Forma de contratação (temporário, CC ou terceirizado); • Lotação/setor de atuação; • Valor percebido mensalmente; • Atividades desempenhadas.</t>
+  </si>
+  <si>
+    <t>Total: 936</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -7067,54 +7307,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G911"/>
+  <dimension ref="A1:G939"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C910" sqref="C910"/>
+      <selection activeCell="C938" sqref="C938"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>3</v>
       </c>
@@ -27484,52 +27724,696 @@
     </row>
     <row r="910" spans="1:7">
       <c r="A910">
         <v>20250924</v>
       </c>
       <c r="B910" t="s">
         <v>2207</v>
       </c>
       <c r="C910" s="2" t="s">
         <v>2228</v>
       </c>
       <c r="D910" t="s">
         <v>2226</v>
       </c>
       <c r="E910" t="s">
         <v>1274</v>
       </c>
       <c r="F910" t="s">
         <v>171</v>
       </c>
       <c r="G910" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="911" spans="1:7">
-      <c r="A911" t="s">
+      <c r="A911">
+        <v>20250925</v>
+      </c>
+      <c r="B911" t="s">
         <v>2230</v>
+      </c>
+      <c r="C911" s="2" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D911" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E911" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F911" t="s">
+        <v>12</v>
+      </c>
+      <c r="G911" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="912" spans="1:7">
+      <c r="A912">
+        <v>20250926</v>
+      </c>
+      <c r="B912" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C912" s="2" t="s">
+        <v>2234</v>
+      </c>
+      <c r="D912" t="s">
+        <v>2235</v>
+      </c>
+      <c r="E912" t="s">
+        <v>11</v>
+      </c>
+      <c r="F912" t="s">
+        <v>12</v>
+      </c>
+      <c r="G912" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="913" spans="1:7">
+      <c r="A913">
+        <v>20250927</v>
+      </c>
+      <c r="B913" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C913" s="2" t="s">
+        <v>2237</v>
+      </c>
+      <c r="D913" t="s">
+        <v>2235</v>
+      </c>
+      <c r="E913" t="s">
+        <v>11</v>
+      </c>
+      <c r="F913" t="s">
+        <v>12</v>
+      </c>
+      <c r="G913" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="914" spans="1:7">
+      <c r="A914">
+        <v>20250928</v>
+      </c>
+      <c r="B914" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C914" s="2" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D914" t="s">
+        <v>2241</v>
+      </c>
+      <c r="E914" t="s">
+        <v>11</v>
+      </c>
+      <c r="F914" t="s">
+        <v>12</v>
+      </c>
+      <c r="G914" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="915" spans="1:7">
+      <c r="A915">
+        <v>20250929</v>
+      </c>
+      <c r="B915" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C915" s="2" t="s">
+        <v>2244</v>
+      </c>
+      <c r="D915" t="s">
+        <v>2241</v>
+      </c>
+      <c r="E915" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F915" t="s">
+        <v>12</v>
+      </c>
+      <c r="G915" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="916" spans="1:7">
+      <c r="A916">
+        <v>20250930</v>
+      </c>
+      <c r="B916" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C916" s="2" t="s">
+        <v>2246</v>
+      </c>
+      <c r="D916" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E916" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F916" t="s">
+        <v>171</v>
+      </c>
+      <c r="G916" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="917" spans="1:7">
+      <c r="A917">
+        <v>20250931</v>
+      </c>
+      <c r="B917" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C917" s="2" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D917" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E917" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F917" t="s">
+        <v>171</v>
+      </c>
+      <c r="G917" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="918" spans="1:7">
+      <c r="A918">
+        <v>20250932</v>
+      </c>
+      <c r="B918" t="s">
+        <v>2218</v>
+      </c>
+      <c r="C918" s="2" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D918" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E918" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F918" t="s">
+        <v>171</v>
+      </c>
+      <c r="G918" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="919" spans="1:7">
+      <c r="A919">
+        <v>20250933</v>
+      </c>
+      <c r="B919" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C919" s="2" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D919" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E919" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F919" t="s">
+        <v>171</v>
+      </c>
+      <c r="G919" t="s">
+        <v>2254</v>
+      </c>
+    </row>
+    <row r="920" spans="1:7">
+      <c r="A920">
+        <v>20250934</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C920" s="2" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D920" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E920" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F920" t="s">
+        <v>171</v>
+      </c>
+      <c r="G920" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="921" spans="1:7">
+      <c r="A921">
+        <v>20250935</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C921" s="2" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D921" t="s">
+        <v>2258</v>
+      </c>
+      <c r="E921" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F921" t="s">
+        <v>171</v>
+      </c>
+      <c r="G921" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="922" spans="1:7">
+      <c r="A922">
+        <v>20250936</v>
+      </c>
+      <c r="B922" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C922" s="2" t="s">
+        <v>2260</v>
+      </c>
+      <c r="D922" t="s">
+        <v>2258</v>
+      </c>
+      <c r="E922" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F922" t="s">
+        <v>171</v>
+      </c>
+      <c r="G922" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="923" spans="1:7">
+      <c r="A923">
+        <v>20250937</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C923" s="2" t="s">
+        <v>2262</v>
+      </c>
+      <c r="D923" t="s">
+        <v>2263</v>
+      </c>
+      <c r="E923" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F923" t="s">
+        <v>675</v>
+      </c>
+      <c r="G923" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="924" spans="1:7">
+      <c r="A924">
+        <v>20250938</v>
+      </c>
+      <c r="B924" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C924" s="2" t="s">
+        <v>2266</v>
+      </c>
+      <c r="D924" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E924" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F924" t="s">
+        <v>12</v>
+      </c>
+      <c r="G924" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="925" spans="1:7">
+      <c r="A925">
+        <v>20250939</v>
+      </c>
+      <c r="B925" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C925" s="2" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D925" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E925" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F925" t="s">
+        <v>12</v>
+      </c>
+      <c r="G925" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="926" spans="1:7">
+      <c r="A926">
+        <v>20250940</v>
+      </c>
+      <c r="B926" t="s">
+        <v>2272</v>
+      </c>
+      <c r="C926" s="2" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D926" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E926" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F926" t="s">
+        <v>12</v>
+      </c>
+      <c r="G926" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="927" spans="1:7">
+      <c r="A927">
+        <v>20250941</v>
+      </c>
+      <c r="B927" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C927" s="2" t="s">
+        <v>2276</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E927" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F927" t="s">
+        <v>12</v>
+      </c>
+      <c r="G927" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="928" spans="1:7">
+      <c r="A928">
+        <v>20250942</v>
+      </c>
+      <c r="B928" t="s">
+        <v>2278</v>
+      </c>
+      <c r="C928" s="2" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D928" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E928" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F928" t="s">
+        <v>12</v>
+      </c>
+      <c r="G928" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="929" spans="1:7">
+      <c r="A929">
+        <v>20250943</v>
+      </c>
+      <c r="B929" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C929" s="2" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D929" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E929" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F929" t="s">
+        <v>12</v>
+      </c>
+      <c r="G929" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="930" spans="1:7">
+      <c r="A930">
+        <v>20250944</v>
+      </c>
+      <c r="B930" t="s">
+        <v>2284</v>
+      </c>
+      <c r="C930" s="2" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D930" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E930" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F930" t="s">
+        <v>12</v>
+      </c>
+      <c r="G930" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="931" spans="1:7">
+      <c r="A931">
+        <v>20250945</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C931" s="2" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D931" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E931" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F931" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G931" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="932" spans="1:7">
+      <c r="A932">
+        <v>20250946</v>
+      </c>
+      <c r="B932" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C932" s="2" t="s">
+        <v>2289</v>
+      </c>
+      <c r="D932" t="s">
+        <v>2290</v>
+      </c>
+      <c r="E932" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F932" t="s">
+        <v>171</v>
+      </c>
+      <c r="G932" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="933" spans="1:7">
+      <c r="A933">
+        <v>20250947</v>
+      </c>
+      <c r="B933" t="s">
+        <v>2265</v>
+      </c>
+      <c r="C933" s="2" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D933" t="s">
+        <v>2293</v>
+      </c>
+      <c r="E933" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F933" t="s">
+        <v>171</v>
+      </c>
+      <c r="G933" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="934" spans="1:7">
+      <c r="A934">
+        <v>20250948</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C934" s="2" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D934" t="s">
+        <v>2296</v>
+      </c>
+      <c r="E934" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F934" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G934" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="935" spans="1:7">
+      <c r="A935">
+        <v>20250949</v>
+      </c>
+      <c r="B935" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C935" s="2" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D935" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E935" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F935" t="s">
+        <v>12</v>
+      </c>
+      <c r="G935" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="936" spans="1:7">
+      <c r="A936">
+        <v>20250950</v>
+      </c>
+      <c r="B936" t="s">
+        <v>2302</v>
+      </c>
+      <c r="C936" s="2" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E936" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F936" t="s">
+        <v>12</v>
+      </c>
+      <c r="G936" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="937" spans="1:7">
+      <c r="A937">
+        <v>20250951</v>
+      </c>
+      <c r="B937" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C937" s="2" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D937" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E937" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F937" t="s">
+        <v>12</v>
+      </c>
+      <c r="G937" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="938" spans="1:7">
+      <c r="A938">
+        <v>20250952</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C938" s="2" t="s">
+        <v>2308</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E938" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F938" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G938" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="939" spans="1:7">
+      <c r="A939" t="s">
+        <v>2310</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>